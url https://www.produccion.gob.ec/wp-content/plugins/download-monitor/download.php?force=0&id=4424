--- v0 (2025-10-21)
+++ v1 (2026-03-05)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p w14:paraId="4F5CEA49" w14:textId="77777777" w:rsidR="00070383" w:rsidRDefault="00070383" w:rsidP="00C91972">
       <w:pPr>
         <w:pStyle w:val="Sinespaciado"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5100"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6087F7C3" w14:textId="77777777" w:rsidR="008B443B" w:rsidRPr="00323FDA" w:rsidRDefault="008B443B" w:rsidP="008B443B">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00323FDA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>INSTRUCCIONES PARA LLENAR LA SOLICITUD</w:t>
@@ -2748,59 +2748,59 @@
                 <w:color w:val="000080"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00323FDA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
-[...7 lines deleted...]
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidR="00033FB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000080"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00033FB5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00323FDA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00323FDA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">                                     </w:t>
@@ -2819,59 +2819,59 @@
                 <w:color w:val="000080"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00323FDA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
-[...7 lines deleted...]
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidR="00033FB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000080"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00033FB5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00323FDA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00323FDA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">                 </w:t>
@@ -2890,59 +2890,59 @@
                 <w:color w:val="000080"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00323FDA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
-[...7 lines deleted...]
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidR="00033FB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000080"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00033FB5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00323FDA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0C565A5B" w14:textId="77777777" w:rsidR="008B443B" w:rsidRPr="00323FDA" w:rsidRDefault="008B443B" w:rsidP="008B443B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -3087,58 +3087,58 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Casilla1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00323FDA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00000000">
+      <w:r w:rsidR="00033FB5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00000000">
+      <w:r w:rsidR="00033FB5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00323FDA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">    Ensayos de Control de Calidad </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E978A57" w14:textId="3BE3C3A9" w:rsidR="008B443B" w:rsidRPr="00323FDA" w:rsidRDefault="008B443B" w:rsidP="008B443B">
@@ -3155,58 +3155,58 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Casilla1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00323FDA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00000000">
+      <w:r w:rsidR="00033FB5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00000000">
+      <w:r w:rsidR="00033FB5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00323FDA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">    Ensayos para Exportación </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56A30119" w14:textId="77777777" w:rsidR="008B443B" w:rsidRPr="00323FDA" w:rsidRDefault="008B443B" w:rsidP="008B443B">
@@ -3328,59 +3328,59 @@
                 <w:color w:val="000080"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00323FDA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
-[...7 lines deleted...]
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidR="00033FB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000080"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00033FB5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00323FDA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00323FDA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -3432,59 +3432,59 @@
                 <w:color w:val="000080"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00323FDA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
-[...7 lines deleted...]
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidR="00033FB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000080"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00033FB5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00323FDA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00323FDA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -3545,59 +3545,59 @@
                 <w:color w:val="000080"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00323FDA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
-[...7 lines deleted...]
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidR="00033FB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000080"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00033FB5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00323FDA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00323FDA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ampliac</w:t>
             </w:r>
@@ -3719,60 +3719,95 @@
         </w:rPr>
         <w:t>REQUISITOS RELATIVOS A LA GESTIÓN</w:t>
       </w:r>
       <w:r w:rsidR="00B00DE6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-EC"/>
         </w:rPr>
         <w:t xml:space="preserve"> QUE DEBE PRESENTAR</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B7D3979" w14:textId="1E12AF99" w:rsidR="00BF07C6" w:rsidRDefault="00BF07C6" w:rsidP="008A073F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-EC"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4DE755DA" w14:textId="3ED55ACC" w:rsidR="00BF07C6" w:rsidRDefault="00BF07C6" w:rsidP="008A073F">
+    <w:p w14:paraId="4DE755DA" w14:textId="42E01600" w:rsidR="00BF07C6" w:rsidRDefault="00BF07C6" w:rsidP="008A073F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-EC"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="29B8E2EE" w14:textId="34E691A3" w:rsidR="00DF5EDF" w:rsidRDefault="00DF5EDF" w:rsidP="008A073F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="es-EC"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C6DF781" w14:textId="71BCC8CE" w:rsidR="00DF5EDF" w:rsidRDefault="00DF5EDF" w:rsidP="008A073F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="es-EC"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="727088D5" w14:textId="77777777" w:rsidR="00DF5EDF" w:rsidRDefault="00DF5EDF" w:rsidP="008A073F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="es-EC"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p w14:paraId="1A090C58" w14:textId="77777777" w:rsidR="00BF07C6" w:rsidRPr="008A073F" w:rsidRDefault="00BF07C6" w:rsidP="008A073F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-EC"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="415D9C1E" w14:textId="77777777" w:rsidR="008B443B" w:rsidRPr="00323FDA" w:rsidRDefault="008B443B" w:rsidP="008B443B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-EC"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6AA8665E" w14:textId="77777777" w:rsidR="008B443B" w:rsidRPr="00323FDA" w:rsidRDefault="008B443B" w:rsidP="008B443B">
       <w:pPr>
@@ -5528,506 +5563,450 @@
     </w:p>
     <w:p w14:paraId="43F9BBF9" w14:textId="4D2AE285" w:rsidR="003D7621" w:rsidRPr="00EA015F" w:rsidRDefault="00EA015F" w:rsidP="00EA015F">
       <w:pPr>
         <w:pStyle w:val="Sinespaciado"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5100"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA015F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Entrega de Documentos</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D65765D" w14:textId="327B91AB" w:rsidR="00EA015F" w:rsidRDefault="00EA015F" w:rsidP="00C91972">
+    <w:p w14:paraId="4D65765D" w14:textId="50B869DC" w:rsidR="00EA015F" w:rsidRDefault="004F2562" w:rsidP="00C91972">
       <w:pPr>
         <w:pStyle w:val="Sinespaciado"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5100"/>
         </w:tabs>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Dra. Mónica Castello Albán – Directora de Control y Diagnóstico Sanitario SCI </w:t>
+        <w:t>Ing. María José Ponce</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA015F">
+        <w:t xml:space="preserve"> – Directora de Control y Diagnóstico Sanitario SCI </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F4F14F4" w14:textId="41B6CA9C" w:rsidR="00EA015F" w:rsidRDefault="00EA015F" w:rsidP="00C91972">
       <w:pPr>
         <w:pStyle w:val="Sinespaciado"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5100"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t>Físico: Guayaquil – Letamendi 102 y La Ría, Edificio IPIAP, referencia junto al Hospital del Día IESS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C878D74" w14:textId="5CDFC1C9" w:rsidR="00EA015F" w:rsidRDefault="00EA015F" w:rsidP="00C91972">
       <w:pPr>
         <w:pStyle w:val="Sinespaciado"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5100"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t>Digital: Mediante sistema gestión documental QUIPUX</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4619FC06" w14:textId="77777777" w:rsidR="00EA015F" w:rsidRDefault="00EA015F" w:rsidP="00C91972">
       <w:pPr>
         <w:pStyle w:val="Sinespaciado"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5100"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Más información: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1200F7CD" w14:textId="5EAD3B9B" w:rsidR="00EA015F" w:rsidRDefault="00EA015F" w:rsidP="00C91972">
+    <w:p w14:paraId="1200F7CD" w14:textId="6AA25B8A" w:rsidR="00EA015F" w:rsidRDefault="00EA015F" w:rsidP="00C91972">
       <w:pPr>
         <w:pStyle w:val="Sinespaciado"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5100"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Correos: </w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidRPr="00DE411D">
+        <w:r w:rsidR="004F2562" w:rsidRPr="0088015B">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
           </w:rPr>
-          <w:t>sci@produccion.gob.ec</w:t>
+          <w:t>sci@mag.gob.ec</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0ECDA041" w14:textId="77777777" w:rsidR="00EA015F" w:rsidRDefault="00EA015F" w:rsidP="00C91972">
+    <w:p w14:paraId="0ECDA041" w14:textId="3C176E9C" w:rsidR="00EA015F" w:rsidRDefault="00EA015F" w:rsidP="00C91972">
       <w:pPr>
         <w:pStyle w:val="Sinespaciado"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5100"/>
         </w:tabs>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t xml:space="preserve">cc: </w:t>
+        <w:t>cc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidRPr="00DE411D">
+        <w:r w:rsidR="004F2562" w:rsidRPr="0088015B">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
           </w:rPr>
-          <w:t>fhurtado@produccion.gob.ec</w:t>
+          <w:t>mponce@mag.gob.ec</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
-        <w:t xml:space="preserve">, </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F1A1E41" w14:textId="36EFEE12" w:rsidR="00EA015F" w:rsidRDefault="00EA015F" w:rsidP="00C91972">
+    <w:p w14:paraId="0F1A1E41" w14:textId="69FB3A06" w:rsidR="00EA015F" w:rsidRDefault="00EA015F" w:rsidP="00C91972">
       <w:pPr>
         <w:pStyle w:val="Sinespaciado"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5100"/>
         </w:tabs>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t xml:space="preserve">cc: </w:t>
+        <w:t>cc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidRPr="00DE411D">
+        <w:r w:rsidR="004F2562" w:rsidRPr="0088015B">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
           </w:rPr>
-          <w:t>mcastello@produccion.gob.ec</w:t>
+          <w:t>fhurtado@mag.gob.ec</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7E24F3B9" w14:textId="29296518" w:rsidR="00EA015F" w:rsidRDefault="00EA015F" w:rsidP="00C91972">
+    <w:p w14:paraId="7E24F3B9" w14:textId="0661E983" w:rsidR="00EA015F" w:rsidRDefault="00EA015F" w:rsidP="00C91972">
       <w:pPr>
         <w:pStyle w:val="Sinespaciado"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5100"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">cc: </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
-        <w:r w:rsidRPr="00DE411D">
+        <w:r w:rsidR="004F2562" w:rsidRPr="0088015B">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
           </w:rPr>
-          <w:t>npin@produccion.gob.ec</w:t>
+          <w:t>mrodriguez@mag.gob.ec</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="623E33BC" w14:textId="77777777" w:rsidR="00EA015F" w:rsidRPr="00A91E2C" w:rsidRDefault="00EA015F" w:rsidP="00C91972">
       <w:pPr>
         <w:pStyle w:val="Sinespaciado"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5100"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00EA015F" w:rsidRPr="00A91E2C" w:rsidSect="001E1C94">
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="985" w:bottom="851" w:left="1843" w:header="0" w:footer="818" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2CBC56FB" w14:textId="77777777" w:rsidR="000E4555" w:rsidRDefault="000E4555" w:rsidP="008C3FDF">
+    <w:p w14:paraId="3730FB0C" w14:textId="77777777" w:rsidR="00033FB5" w:rsidRDefault="00033FB5" w:rsidP="008C3FDF">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4FE8F329" w14:textId="77777777" w:rsidR="000E4555" w:rsidRDefault="000E4555" w:rsidP="008C3FDF">
+    <w:p w14:paraId="5F2AFE92" w14:textId="77777777" w:rsidR="00033FB5" w:rsidRDefault="00033FB5" w:rsidP="008C3FDF">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...86 lines deleted...]
-  <w:p w14:paraId="7FF2F2C6" w14:textId="3BC000ED" w:rsidR="00C91972" w:rsidRPr="001E1C94" w:rsidRDefault="001E1C94" w:rsidP="001E1C94">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="7FF2F2C6" w14:textId="54A86324" w:rsidR="00C91972" w:rsidRPr="001E1C94" w:rsidRDefault="00520B6C" w:rsidP="001E1C94">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="es-EC"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="001E1C94">
-[...5 lines deleted...]
-      <w:t>https://www.produccion.gob.ec/viceministerio-de-acuacultura-y-pesca/subsecretaria-de-calidad-e-inocuidad/</w:t>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251669504" behindDoc="1" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="5AF03A69" wp14:editId="27BF32FF">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="page">
+            <wp:align>right</wp:align>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-1295400</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="7555230" cy="1976755"/>
+          <wp:effectExtent l="0" t="0" r="7620" b="4445"/>
+          <wp:wrapNone/>
+          <wp:docPr id="9" name="image1.jpg"/>
+          <wp:cNvGraphicFramePr/>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="image1.jpg"/>
+                  <pic:cNvPicPr preferRelativeResize="0"/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="7555230" cy="1976755"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:ln/>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="margin">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="margin">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1F1E9C21" w14:textId="77777777" w:rsidR="000E4555" w:rsidRDefault="000E4555" w:rsidP="008C3FDF">
+    <w:p w14:paraId="5110FA55" w14:textId="77777777" w:rsidR="00033FB5" w:rsidRDefault="00033FB5" w:rsidP="008C3FDF">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7F72E346" w14:textId="77777777" w:rsidR="000E4555" w:rsidRDefault="000E4555" w:rsidP="008C3FDF">
+    <w:p w14:paraId="74D4CA0E" w14:textId="77777777" w:rsidR="00033FB5" w:rsidRDefault="00033FB5" w:rsidP="008C3FDF">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="0789C19E" w14:textId="5F7ED404" w:rsidR="004B525C" w:rsidRDefault="00D63FE7" w:rsidP="0052386E">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="0789C19E" w14:textId="746DB30E" w:rsidR="004B525C" w:rsidRDefault="00520B6C" w:rsidP="0052386E">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="8504"/>
         <w:tab w:val="right" w:pos="8498"/>
       </w:tabs>
       <w:ind w:left="-1701"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
-        <w:lang w:val="es-EC" w:eastAsia="es-EC"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1F988994" wp14:editId="06E8AFF2">
+        <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251667456" behindDoc="1" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="2F7B248F" wp14:editId="615EFD69">
           <wp:simplePos x="0" y="0"/>
-          <wp:positionH relativeFrom="column">
-            <wp:posOffset>-263867</wp:posOffset>
+          <wp:positionH relativeFrom="page">
+            <wp:align>right</wp:align>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>213104</wp:posOffset>
+            <wp:posOffset>-44450</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="5760720" cy="504825"/>
-[...19 lines deleted...]
-          </wp:cNvGraphicFramePr>
+          <wp:extent cx="7555284" cy="1177336"/>
+          <wp:effectExtent l="0" t="0" r="7620" b="3810"/>
+          <wp:wrapNone/>
+          <wp:docPr id="8" name="image2.jpg"/>
+          <wp:cNvGraphicFramePr/>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="4" name="3 Imagen" descr="logo mpceip.jpg">
-[...8 lines deleted...]
-                  </pic:cNvPicPr>
+                  <pic:cNvPr id="0" name="image2.jpg"/>
+                  <pic:cNvPicPr preferRelativeResize="0"/>
                 </pic:nvPicPr>
-                <pic:blipFill rotWithShape="1">
-                  <a:blip r:embed="rId1" cstate="print">
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
-                  <a:srcRect t="23184" b="15378"/>
-                  <a:stretch/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
                 </pic:blipFill>
-                <pic:spPr bwMode="auto">
+                <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="5760720" cy="504825"/>
+                    <a:ext cx="7555284" cy="1177336"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
-                  <a:ln>
-[...6 lines deleted...]
-                  </a:extLst>
+                  <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
-          <wp14:sizeRelH relativeFrom="page">
-[...2 lines deleted...]
-          <wp14:sizeRelV relativeFrom="page">
+          <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="004B525C">
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="es-EC" w:eastAsia="es-EC"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4AFC2B9C" wp14:editId="67742D51">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4AFC2B9C" wp14:editId="595386F8">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>-483870</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>4346007</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="2158409" cy="2339163"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="10" name="Imagen 10"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="2" name="HOJA MEMBRETADA MPECEIP_Mesa de trabajo 1.png"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill rotWithShape="1">
                   <a:blip r:embed="rId2">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -6050,51 +6029,51 @@
                     <a:noFill/>
                   </a:ln>
                   <a:extLst>
                     <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                       <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                     </a:ext>
                   </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="08183C90"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="37E83BA4"/>
     <w:lvl w:ilvl="0" w:tplc="300A0005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1068" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="ED20A7DA">
       <w:start w:val="2"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1788" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -8038,297 +8017,303 @@
     <w:lvl w:ilvl="7" w:tplc="300A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="300A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="428162093">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1879199688">
+  <w:num w:numId="2">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1842426887">
+  <w:num w:numId="3">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1258751218">
+  <w:num w:numId="4">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="685791923">
+  <w:num w:numId="5">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="2073766456">
+  <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="46757268">
+  <w:num w:numId="7">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="1263760552">
+  <w:num w:numId="8">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="2147383916">
+  <w:num w:numId="9">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="881863792">
+  <w:num w:numId="10">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="2075933728">
+  <w:num w:numId="11">
     <w:abstractNumId w:val="10"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="1523124232">
+  <w:num w:numId="12">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="168722181">
+  <w:num w:numId="13">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="1617718648">
+  <w:num w:numId="14">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="991252757">
+  <w:num w:numId="15">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="2059431745">
+  <w:num w:numId="16">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="17" w16cid:durableId="2055037822">
+  <w:num w:numId="17">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="18" w16cid:durableId="1413358143">
+  <w:num w:numId="18">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="19" w16cid:durableId="173300963">
+  <w:num w:numId="19">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="20" w16cid:durableId="434208625">
+  <w:num w:numId="20">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="21" w16cid:durableId="1440947852">
+  <w:num w:numId="21">
     <w:abstractNumId w:val="13"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008C3FDF"/>
     <w:rsid w:val="000026C7"/>
+    <w:rsid w:val="00033FB5"/>
     <w:rsid w:val="00070383"/>
     <w:rsid w:val="000816A1"/>
     <w:rsid w:val="000820AB"/>
     <w:rsid w:val="000E4555"/>
     <w:rsid w:val="0012717B"/>
     <w:rsid w:val="00160594"/>
     <w:rsid w:val="001C1361"/>
     <w:rsid w:val="001E1C94"/>
     <w:rsid w:val="001E482A"/>
     <w:rsid w:val="0023188A"/>
     <w:rsid w:val="0029614E"/>
     <w:rsid w:val="002A2AC5"/>
     <w:rsid w:val="002D3EFD"/>
     <w:rsid w:val="002E00DC"/>
     <w:rsid w:val="00307637"/>
     <w:rsid w:val="003710DF"/>
     <w:rsid w:val="003C1F25"/>
     <w:rsid w:val="003D7621"/>
     <w:rsid w:val="00430AEC"/>
     <w:rsid w:val="0043344B"/>
     <w:rsid w:val="004B525C"/>
     <w:rsid w:val="004C35C3"/>
     <w:rsid w:val="004D2227"/>
+    <w:rsid w:val="004F2562"/>
+    <w:rsid w:val="004F3265"/>
     <w:rsid w:val="004F6FDB"/>
+    <w:rsid w:val="00520B6C"/>
     <w:rsid w:val="0052386E"/>
     <w:rsid w:val="00541291"/>
     <w:rsid w:val="0054264A"/>
     <w:rsid w:val="005451CB"/>
     <w:rsid w:val="0055388B"/>
     <w:rsid w:val="00586433"/>
     <w:rsid w:val="0059359C"/>
     <w:rsid w:val="005A28FC"/>
     <w:rsid w:val="005C17E2"/>
     <w:rsid w:val="005C4BBC"/>
     <w:rsid w:val="00611D8E"/>
     <w:rsid w:val="006C14C4"/>
     <w:rsid w:val="007506DF"/>
     <w:rsid w:val="0075301A"/>
     <w:rsid w:val="00772CFF"/>
     <w:rsid w:val="007B4E18"/>
     <w:rsid w:val="007F7CAE"/>
     <w:rsid w:val="00862C4A"/>
     <w:rsid w:val="008A073F"/>
     <w:rsid w:val="008B443B"/>
     <w:rsid w:val="008C3FDF"/>
     <w:rsid w:val="008D4031"/>
     <w:rsid w:val="008E2F75"/>
     <w:rsid w:val="00985591"/>
     <w:rsid w:val="00A24CF7"/>
     <w:rsid w:val="00A350F1"/>
     <w:rsid w:val="00A42B7E"/>
     <w:rsid w:val="00A813BC"/>
     <w:rsid w:val="00A91E2C"/>
     <w:rsid w:val="00B00DE6"/>
     <w:rsid w:val="00B55070"/>
     <w:rsid w:val="00BD74CD"/>
     <w:rsid w:val="00BE149B"/>
     <w:rsid w:val="00BF07C6"/>
     <w:rsid w:val="00C26E2E"/>
     <w:rsid w:val="00C27332"/>
     <w:rsid w:val="00C91972"/>
     <w:rsid w:val="00CE4B97"/>
     <w:rsid w:val="00D4557A"/>
     <w:rsid w:val="00D63FE7"/>
     <w:rsid w:val="00D82806"/>
     <w:rsid w:val="00D95123"/>
     <w:rsid w:val="00DE732A"/>
+    <w:rsid w:val="00DF5EDF"/>
     <w:rsid w:val="00E0464B"/>
+    <w:rsid w:val="00E46BF3"/>
     <w:rsid w:val="00E47FDC"/>
     <w:rsid w:val="00E628BD"/>
     <w:rsid w:val="00EA015F"/>
     <w:rsid w:val="00ED2C6D"/>
     <w:rsid w:val="00EF3BA5"/>
     <w:rsid w:val="00EF72B1"/>
     <w:rsid w:val="00F00C76"/>
     <w:rsid w:val="00F075DD"/>
     <w:rsid w:val="00F3047B"/>
     <w:rsid w:val="00F70E60"/>
     <w:rsid w:val="00FB7B98"/>
     <w:rsid w:val="00FC7256"/>
     <w:rsid w:val="00FD6355"/>
     <w:rsid w:val="00FF2B7C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-ES_tradnl"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="57EBC5F9"/>
   <w15:docId w15:val="{FF2E62AA-D056-4AA0-8032-AF6A7FF2E349}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -8660,51 +8645,50 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="008B443B"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo1Car"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00A91E2C"/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
         <w:numId w:val="15"/>
       </w:numPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="0"/>
@@ -9239,76 +9223,80 @@
     <w:uiPriority w:val="34"/>
     <w:locked/>
     <w:rsid w:val="008B443B"/>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="es-EC"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Mencinsinresolver">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EA015F"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:divs>
     <w:div w:id="1917476219">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fhurtado@produccion.gob.ec" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sci@produccion.gob.ec" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:npin@produccion.gob.ec" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mcastello@produccion.gob.ec" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mponce@mag.gob.ec" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sci@mag.gob.ec" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mrodriguez@mag.gob.ec" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fhurtado@mag.gob.ec" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpg"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -9530,69 +9518,69 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>797</Words>
-  <Characters>4385</Characters>
+  <Words>789</Words>
+  <Characters>4340</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>36</Lines>
   <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5172</CharactersWithSpaces>
+  <CharactersWithSpaces>5119</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>SCI</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>